--- v0 (2025-12-07)
+++ v1 (2026-02-23)
@@ -1060,3504 +1060,3528 @@
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="111111"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="002C5E9C" w:rsidRPr="002C5E9C" w:rsidRDefault="002C5E9C" w:rsidP="002C5E9C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="111111"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006C4415" w:rsidRPr="002C5E9C" w:rsidTr="00222D80">
+      <w:tr w:rsidR="00E078CD" w:rsidRPr="002C5E9C" w:rsidTr="00222D80">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="665" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006C4415" w:rsidRDefault="00683BF6" w:rsidP="006C4415">
+          <w:p w:rsidR="00E078CD" w:rsidRDefault="00E078CD" w:rsidP="00E078CD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="111111"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="111111"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2599" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006C4415" w:rsidRPr="006C4415" w:rsidRDefault="006C4415" w:rsidP="006C4415">
+          <w:p w:rsidR="00E078CD" w:rsidRPr="00E078CD" w:rsidRDefault="00E078CD" w:rsidP="00E078CD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="111111"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="111111"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>заместитель начальника отдела</w:t>
+              <w:t>начальник отдела</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2210" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006C4415" w:rsidRPr="002C5E9C" w:rsidRDefault="006C4415" w:rsidP="006C4415">
-[...19 lines deleted...]
-              <w:t>Кривобокова Дарья Леонидовна</w:t>
+          <w:p w:rsidR="00E078CD" w:rsidRPr="002C5E9C" w:rsidRDefault="00E078CD" w:rsidP="00E078CD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Чернухина Ирина Анатольевна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1237" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006C4415" w:rsidRPr="002C5E9C" w:rsidRDefault="006C4415" w:rsidP="006C4415">
-[...19 lines deleted...]
-              <w:t>36-85-53</w:t>
+          <w:p w:rsidR="00E078CD" w:rsidRPr="002C5E9C" w:rsidRDefault="00E078CD" w:rsidP="00E078CD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C5E9C">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>36-84-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>85</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3490" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006C4415" w:rsidRPr="002C5E9C" w:rsidRDefault="006C4415" w:rsidP="006C4415">
-[...19 lines deleted...]
-              <w:t>krivobokovaDL@admlr.lipetsk.ru</w:t>
+          <w:p w:rsidR="00E078CD" w:rsidRPr="002C5E9C" w:rsidRDefault="00E078CD" w:rsidP="00E078CD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A706C">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ChernukhinaIA@admlr.lipetsk.ru</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006C4415" w:rsidRPr="002C5E9C" w:rsidTr="00222D80">
+      <w:tr w:rsidR="00E078CD" w:rsidRPr="002C5E9C" w:rsidTr="00222D80">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="665" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006C4415" w:rsidRDefault="00683BF6" w:rsidP="006C4415">
+          <w:p w:rsidR="00E078CD" w:rsidRDefault="00E078CD" w:rsidP="00E078CD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="111111"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="111111"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2599" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006C4415" w:rsidRPr="002C5E9C" w:rsidRDefault="006C4415" w:rsidP="006C4415">
-[...18 lines deleted...]
-              <w:t>главный консультант</w:t>
+          <w:p w:rsidR="00E078CD" w:rsidRPr="006C4415" w:rsidRDefault="00E078CD" w:rsidP="00E078CD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>заместитель начальника отдела</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2210" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006C4415" w:rsidRPr="002C5E9C" w:rsidRDefault="006C4415" w:rsidP="006C4415">
-[...19 lines deleted...]
-              <w:t>Чернухина Ирина Анатольевна</w:t>
+          <w:p w:rsidR="00E078CD" w:rsidRPr="002C5E9C" w:rsidRDefault="00E078CD" w:rsidP="00E078CD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C5E9C">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Кривобокова Дарья Леонидовна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1237" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006C4415" w:rsidRPr="002C5E9C" w:rsidRDefault="006C4415" w:rsidP="006C4415">
-[...29 lines deleted...]
-              <w:t>85</w:t>
+          <w:p w:rsidR="00E078CD" w:rsidRPr="002C5E9C" w:rsidRDefault="00E078CD" w:rsidP="00E078CD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C5E9C">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>36-85-53</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3490" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006C4415" w:rsidRPr="002C5E9C" w:rsidRDefault="006C4415" w:rsidP="006C4415">
-[...19 lines deleted...]
-              <w:t>ChernukhinaIA@admlr.lipetsk.ru</w:t>
+          <w:p w:rsidR="00E078CD" w:rsidRPr="002C5E9C" w:rsidRDefault="00E078CD" w:rsidP="00E078CD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C5E9C">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>krivobokovaDL@admlr.lipetsk.ru</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006C4415" w:rsidRPr="002C5E9C" w:rsidTr="006C4415">
+      <w:tr w:rsidR="00E078CD" w:rsidRPr="002C5E9C" w:rsidTr="00222D80">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="665" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
-[...1 lines deleted...]
-          <w:p w:rsidR="006C4415" w:rsidRPr="000910F5" w:rsidRDefault="00683BF6" w:rsidP="006C4415">
+          </w:tcPr>
+          <w:p w:rsidR="00E078CD" w:rsidRPr="000910F5" w:rsidRDefault="00E078CD" w:rsidP="00E078CD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="111111"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="111111"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2599" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006C4415" w:rsidRPr="002C5E9C" w:rsidRDefault="006C4415" w:rsidP="006C4415">
+          <w:p w:rsidR="00E078CD" w:rsidRPr="002C5E9C" w:rsidRDefault="00E078CD" w:rsidP="00E078CD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="111111"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C5E9C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="111111"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>главный консультант</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2210" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006C4415" w:rsidRPr="002C5E9C" w:rsidRDefault="006C4415" w:rsidP="006C4415">
+          <w:p w:rsidR="00E078CD" w:rsidRPr="002C5E9C" w:rsidRDefault="00E078CD" w:rsidP="00E078CD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="111111"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="111111"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Огаркова Татьяна Викторовна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1237" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006C4415" w:rsidRPr="002C5E9C" w:rsidRDefault="006C4415" w:rsidP="006C4415">
+          <w:p w:rsidR="00E078CD" w:rsidRPr="002C5E9C" w:rsidRDefault="00E078CD" w:rsidP="00E078CD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="111111"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C5E9C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="111111"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>36-85-5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="111111"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3490" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006C4415" w:rsidRPr="00B443F4" w:rsidRDefault="001B40E2" w:rsidP="006C4415">
+          <w:p w:rsidR="00E078CD" w:rsidRPr="00B443F4" w:rsidRDefault="00CC2BC4" w:rsidP="00E078CD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId4" w:history="1">
-              <w:r w:rsidR="006C4415" w:rsidRPr="00B443F4">
+              <w:r w:rsidR="00E078CD" w:rsidRPr="00B443F4">
                 <w:rPr>
                   <w:rStyle w:val="a4"/>
                   <w:rFonts w:cs="Times New Roman"/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="none"/>
                 </w:rPr>
                 <w:t>OgarkovaTV@admlr.lipetsk.ru</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006C4415" w:rsidRPr="002C5E9C" w:rsidTr="006C4415">
+      <w:tr w:rsidR="00E078CD" w:rsidRPr="002C5E9C" w:rsidTr="00E078CD">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="665" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
-[...1 lines deleted...]
-          <w:p w:rsidR="006C4415" w:rsidRPr="000910F5" w:rsidRDefault="00683BF6" w:rsidP="006C4415">
+          </w:tcPr>
+          <w:p w:rsidR="00E078CD" w:rsidRPr="000910F5" w:rsidRDefault="00E078CD" w:rsidP="00E078CD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="111111"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="111111"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2599" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006C4415" w:rsidRPr="002C5E9C" w:rsidRDefault="006C4415" w:rsidP="006C4415">
+          <w:p w:rsidR="00E078CD" w:rsidRPr="002C5E9C" w:rsidRDefault="00E078CD" w:rsidP="00E078CD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="111111"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002C5E9C">
-[...7 lines deleted...]
-              <w:t>ведущий консультант</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>главный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C5E9C">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> консультант</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2210" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006C4415" w:rsidRPr="002C5E9C" w:rsidRDefault="006C4415" w:rsidP="006C4415">
-[...19 lines deleted...]
-              <w:t>Завацкая Елена Сергеевна</w:t>
+          <w:p w:rsidR="00E078CD" w:rsidRPr="002C5E9C" w:rsidRDefault="00E078CD" w:rsidP="00E078CD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C5E9C">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Черных Елена Анатоль</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidRPr="002C5E9C">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>евна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1237" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006C4415" w:rsidRPr="002C5E9C" w:rsidRDefault="006C4415" w:rsidP="006C4415">
-[...19 lines deleted...]
-              <w:t>36-84-63</w:t>
+          <w:p w:rsidR="00E078CD" w:rsidRPr="00CC2BC4" w:rsidRDefault="00E078CD" w:rsidP="00E078CD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C5E9C">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>36-8</w:t>
+            </w:r>
+            <w:r w:rsidR="001A5A06">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C5E9C">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC2BC4">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>68</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3490" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006C4415" w:rsidRPr="002C5E9C" w:rsidRDefault="006C4415" w:rsidP="006C4415">
-[...19 lines deleted...]
-              <w:t>zavatskayaES@admlr.lipetsk.ru</w:t>
+          <w:p w:rsidR="00E078CD" w:rsidRPr="002C5E9C" w:rsidRDefault="00E078CD" w:rsidP="00E078CD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF506F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ChernyhEA@admlr.lipetsk.ru</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006C4415" w:rsidRPr="002C5E9C" w:rsidTr="007577C8">
+      <w:tr w:rsidR="00E078CD" w:rsidRPr="002C5E9C" w:rsidTr="00E078CD">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10201" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="665" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
-[...84 lines deleted...]
-            </w:pPr>
+          </w:tcPr>
+          <w:p w:rsidR="00E078CD" w:rsidRPr="000910F5" w:rsidRDefault="00E078CD" w:rsidP="00E078CD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2599" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00E078CD" w:rsidRPr="002C5E9C" w:rsidRDefault="00E078CD" w:rsidP="00E078CD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C5E9C">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ведущий консультант</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2210" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00E078CD" w:rsidRPr="002C5E9C" w:rsidRDefault="00E078CD" w:rsidP="00E078CD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002C5E9C">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Завацкая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002C5E9C">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Елена Сергеевна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1237" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00E078CD" w:rsidRPr="002C5E9C" w:rsidRDefault="00E078CD" w:rsidP="00E078CD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C5E9C">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>36-84-63</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00E078CD" w:rsidRPr="002C5E9C" w:rsidRDefault="00E078CD" w:rsidP="00E078CD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C5E9C">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>zavatskayaES@admlr.lipetsk.ru</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006C4415" w:rsidRPr="002C5E9C" w:rsidTr="00222D80">
+      <w:tr w:rsidR="00E078CD" w:rsidRPr="002C5E9C" w:rsidTr="007577C8">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="665" w:type="dxa"/>
+            <w:tcW w:w="10201" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006C4415" w:rsidRPr="002C5E9C" w:rsidRDefault="00683BF6" w:rsidP="006C4415">
-[...184 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00E078CD" w:rsidRDefault="00E078CD" w:rsidP="00E078CD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E078CD" w:rsidRDefault="00E078CD" w:rsidP="00E078CD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C5E9C">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Отдел регулирования контрактной системы в сфере закупок</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E078CD" w:rsidRDefault="00E078CD" w:rsidP="00E078CD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E078CD" w:rsidRPr="002C5E9C" w:rsidRDefault="00E078CD" w:rsidP="00E078CD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006C4415" w:rsidRPr="002C5E9C" w:rsidTr="00222D80">
+      <w:tr w:rsidR="00E078CD" w:rsidRPr="002C5E9C" w:rsidTr="00222D80">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="665" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
-          </w:tcPr>
-          <w:p w:rsidR="006C4415" w:rsidRPr="002C5E9C" w:rsidRDefault="00683BF6" w:rsidP="006C4415">
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E078CD" w:rsidRPr="002C5E9C" w:rsidRDefault="00FB7862" w:rsidP="00E078CD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="111111"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="111111"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2599" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
-          </w:tcPr>
-          <w:p w:rsidR="006C4415" w:rsidRPr="002C5E9C" w:rsidRDefault="006C4415" w:rsidP="006C4415">
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E078CD" w:rsidRPr="002C5E9C" w:rsidRDefault="00E078CD" w:rsidP="00E078CD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="111111"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C5E9C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="111111"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>заместитель начальника отдела</w:t>
+              <w:t>начальник отдела</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2210" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
-          </w:tcPr>
-[...20 lines deleted...]
-              <w:t>Гольцова Ирина Евгеньевна</w:t>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E078CD" w:rsidRPr="002C5E9C" w:rsidRDefault="00E078CD" w:rsidP="00E078CD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C5E9C">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Степочкина Светлана Викторовна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1237" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
-          </w:tcPr>
-[...20 lines deleted...]
-              <w:t>36-85-56</w:t>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E078CD" w:rsidRPr="002C5E9C" w:rsidRDefault="00E078CD" w:rsidP="00E078CD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C5E9C">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>36-85-55</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3490" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
-          </w:tcPr>
-[...20 lines deleted...]
-              <w:t>goltsovaIE@admlr.lipetsk.ru</w:t>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E078CD" w:rsidRPr="002C5E9C" w:rsidRDefault="00E078CD" w:rsidP="00E078CD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C5E9C">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>stepochkinaSV@admlr.lipetsk.ru</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006C4415" w:rsidRPr="002C5E9C" w:rsidTr="00222D80">
+      <w:tr w:rsidR="00E078CD" w:rsidRPr="002C5E9C" w:rsidTr="00222D80">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="665" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006C4415" w:rsidRPr="002C5E9C" w:rsidRDefault="00683BF6" w:rsidP="006C4415">
+          <w:p w:rsidR="00E078CD" w:rsidRPr="002C5E9C" w:rsidRDefault="00FB7862" w:rsidP="00E078CD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="111111"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="111111"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2599" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006C4415" w:rsidRPr="002C5E9C" w:rsidRDefault="006C4415" w:rsidP="006C4415">
-[...18 lines deleted...]
-              <w:t>главный консультант</w:t>
+          <w:p w:rsidR="00E078CD" w:rsidRPr="002C5E9C" w:rsidRDefault="00E078CD" w:rsidP="00E078CD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C5E9C">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>заместитель начальника отдела</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2210" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006C4415" w:rsidRPr="002C5E9C" w:rsidRDefault="006C4415" w:rsidP="006C4415">
-[...19 lines deleted...]
-              <w:t>Матюта Галина Николаевна</w:t>
+          <w:p w:rsidR="00E078CD" w:rsidRPr="002C5E9C" w:rsidRDefault="00E078CD" w:rsidP="00E078CD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C5E9C">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Гольцова Ирина Евгеньевна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1237" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006C4415" w:rsidRPr="002C5E9C" w:rsidRDefault="006C4415" w:rsidP="006C4415">
-[...19 lines deleted...]
-              <w:t>36-85-57</w:t>
+          <w:p w:rsidR="00E078CD" w:rsidRPr="002C5E9C" w:rsidRDefault="00E078CD" w:rsidP="00E078CD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C5E9C">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>36-85-56</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3490" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006C4415" w:rsidRPr="002C5E9C" w:rsidRDefault="006C4415" w:rsidP="006C4415">
-[...19 lines deleted...]
-              <w:t>matutaGN@admlr.lipetsk.ru</w:t>
+          <w:p w:rsidR="00E078CD" w:rsidRPr="002C5E9C" w:rsidRDefault="00E078CD" w:rsidP="00E078CD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C5E9C">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>goltsovaIE@admlr.lipetsk.ru</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006C4415" w:rsidRPr="002C5E9C" w:rsidTr="006C4415">
+      <w:tr w:rsidR="00E078CD" w:rsidRPr="002C5E9C" w:rsidTr="00222D80">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="665" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00E078CD" w:rsidRPr="002C5E9C" w:rsidRDefault="00FB7862" w:rsidP="00E078CD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2599" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00E078CD" w:rsidRPr="002C5E9C" w:rsidRDefault="00E078CD" w:rsidP="00E078CD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C5E9C">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>главный консультант</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2210" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00E078CD" w:rsidRPr="002C5E9C" w:rsidRDefault="00E078CD" w:rsidP="00E078CD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C5E9C">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Матюта Галина Николаевна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1237" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00E078CD" w:rsidRPr="002C5E9C" w:rsidRDefault="00E078CD" w:rsidP="00E078CD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C5E9C">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>36-85-57</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00E078CD" w:rsidRPr="002C5E9C" w:rsidRDefault="00E078CD" w:rsidP="00E078CD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C5E9C">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>matutaGN@admlr.lipetsk.ru</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E078CD" w:rsidRPr="002C5E9C" w:rsidTr="00E078CD">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="665" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006C4415" w:rsidRPr="00E208D3" w:rsidRDefault="00683BF6" w:rsidP="006C4415">
+          <w:p w:rsidR="00E078CD" w:rsidRPr="00E208D3" w:rsidRDefault="00FB7862" w:rsidP="00E078CD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="111111"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="111111"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>9</w:t>
+              <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2599" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
-[...1 lines deleted...]
-          <w:p w:rsidR="006C4415" w:rsidRPr="002C5E9C" w:rsidRDefault="006C4415" w:rsidP="006C4415">
+          </w:tcPr>
+          <w:p w:rsidR="00E078CD" w:rsidRPr="002C5E9C" w:rsidRDefault="005B5E94" w:rsidP="00E078CD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="111111"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002C5E9C">
-[...7 lines deleted...]
-              <w:t>ведущий консультант</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ведущий </w:t>
+            </w:r>
+            <w:r w:rsidR="00E078CD" w:rsidRPr="002C5E9C">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>консультант</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2210" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006C4415" w:rsidRPr="002C5E9C" w:rsidRDefault="006C4415" w:rsidP="006C4415">
-[...19 lines deleted...]
-              <w:t>Черных Елена Анатольевна</w:t>
+          <w:p w:rsidR="00E078CD" w:rsidRPr="002C5E9C" w:rsidRDefault="00E078CD" w:rsidP="00E078CD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ушакова Олеся Игоревна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1237" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006C4415" w:rsidRPr="002C5E9C" w:rsidRDefault="006C4415" w:rsidP="006C4415">
-[...19 lines deleted...]
-              <w:t>36-85-57</w:t>
+          <w:p w:rsidR="00E078CD" w:rsidRPr="002C5E9C" w:rsidRDefault="00E078CD" w:rsidP="00E078CD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C5E9C">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>36-8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C5E9C">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>56</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3490" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006C4415" w:rsidRPr="002C5E9C" w:rsidRDefault="006C4415" w:rsidP="006C4415">
-[...19 lines deleted...]
-              <w:t>ChernyhEA@admlr.lipetsk.ru</w:t>
+          <w:p w:rsidR="00E078CD" w:rsidRPr="002C5E9C" w:rsidRDefault="00E078CD" w:rsidP="00E078CD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B232F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>UshakovaOI@admlr.lipetsk.ru</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006C4415" w:rsidRPr="002C5E9C" w:rsidTr="007B706E">
+      <w:tr w:rsidR="00E078CD" w:rsidRPr="002C5E9C" w:rsidTr="007B706E">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="665" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006C4415" w:rsidRDefault="006C4415" w:rsidP="006C4415">
+          <w:p w:rsidR="00E078CD" w:rsidRDefault="00E078CD" w:rsidP="00E078CD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="111111"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="111111"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="00683BF6">
-[...7 lines deleted...]
-              <w:t>0</w:t>
+            <w:r w:rsidR="00FB7862">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2599" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006C4415" w:rsidRPr="002C5E9C" w:rsidRDefault="006C4415" w:rsidP="006C4415">
+          <w:p w:rsidR="005B5E94" w:rsidRDefault="005B5E94" w:rsidP="00E078CD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="111111"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002C5E9C">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="111111"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>консультант</w:t>
             </w:r>
+          </w:p>
+          <w:p w:rsidR="005B5E94" w:rsidRPr="002C5E9C" w:rsidRDefault="005B5E94" w:rsidP="00E078CD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2210" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006C4415" w:rsidRPr="002C5E9C" w:rsidRDefault="006C4415" w:rsidP="006C4415">
+          <w:p w:rsidR="00E078CD" w:rsidRPr="002C5E9C" w:rsidRDefault="005B5E94" w:rsidP="00E078CD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="111111"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="111111"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Ушакова Олеся Игоревна</w:t>
+              <w:t>Петрова Кристина Артуровна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1237" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006C4415" w:rsidRPr="002C5E9C" w:rsidRDefault="006C4415" w:rsidP="006C4415">
-[...20 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00E078CD" w:rsidRPr="002C5E9C" w:rsidRDefault="005B5E94" w:rsidP="00E078CD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="111111"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>5</w:t>
-[...19 lines deleted...]
-              <w:t>56</w:t>
+              <w:t>36-85-57</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3490" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006C4415" w:rsidRPr="002C5E9C" w:rsidRDefault="006C4415" w:rsidP="006C4415">
-[...20 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00E078CD" w:rsidRPr="002C5E9C" w:rsidRDefault="00CC2BC4" w:rsidP="00E078CD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId5" w:tgtFrame="_blank" w:history="1">
+              <w:r w:rsidR="00BA5703" w:rsidRPr="00BA5703">
+                <w:rPr>
+                  <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                  <w:color w:val="111111"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:t>PetrovaKA@admlr.lipetsk.ru</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006C4415" w:rsidRPr="002C5E9C" w:rsidTr="002C5E9C">
+      <w:tr w:rsidR="00E078CD" w:rsidRPr="002C5E9C" w:rsidTr="002C5E9C">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10201" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006C4415" w:rsidRDefault="006C4415" w:rsidP="006C4415">
+          <w:p w:rsidR="00E078CD" w:rsidRDefault="00E078CD" w:rsidP="00E078CD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="111111"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00445F8A" w:rsidRDefault="00445F8A" w:rsidP="006C4415">
+          <w:p w:rsidR="00E078CD" w:rsidRDefault="00E078CD" w:rsidP="00E078CD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="111111"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="006C4415" w:rsidRDefault="006C4415" w:rsidP="006C4415">
+          <w:p w:rsidR="00E078CD" w:rsidRDefault="00E078CD" w:rsidP="00E078CD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="111111"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C5E9C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="111111"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Отдел контроля контрактной системы в сфере закупок</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006C4415" w:rsidRDefault="006C4415" w:rsidP="006C4415">
+          <w:p w:rsidR="00E078CD" w:rsidRDefault="00E078CD" w:rsidP="00E078CD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="111111"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="006C4415" w:rsidRPr="002C5E9C" w:rsidRDefault="006C4415" w:rsidP="006C4415">
+          <w:p w:rsidR="00E078CD" w:rsidRPr="002C5E9C" w:rsidRDefault="00E078CD" w:rsidP="00E078CD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="111111"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006C4415" w:rsidRPr="002C5E9C" w:rsidTr="000E62B2">
+      <w:tr w:rsidR="00E078CD" w:rsidRPr="002C5E9C" w:rsidTr="000E62B2">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="665" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006C4415" w:rsidRPr="00FE1BA3" w:rsidRDefault="006C4415" w:rsidP="006C4415">
-[...29 lines deleted...]
-              <w:t>1</w:t>
+          <w:p w:rsidR="00E078CD" w:rsidRPr="00FB7862" w:rsidRDefault="00FB7862" w:rsidP="00E078CD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2599" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006C4415" w:rsidRPr="002C5E9C" w:rsidRDefault="006C4415" w:rsidP="006C4415">
+          <w:p w:rsidR="00E078CD" w:rsidRPr="002C5E9C" w:rsidRDefault="00E078CD" w:rsidP="00E078CD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="111111"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C5E9C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="111111"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>начальник отдела</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2210" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006C4415" w:rsidRPr="002C5E9C" w:rsidRDefault="006C4415" w:rsidP="006C4415">
+          <w:p w:rsidR="00E078CD" w:rsidRPr="002C5E9C" w:rsidRDefault="00E078CD" w:rsidP="00E078CD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="111111"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C5E9C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="111111"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Санксарян Ирина Юрьевна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1237" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006C4415" w:rsidRPr="002C5E9C" w:rsidRDefault="006C4415" w:rsidP="006C4415">
+          <w:p w:rsidR="00E078CD" w:rsidRPr="002C5E9C" w:rsidRDefault="00E078CD" w:rsidP="00E078CD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="111111"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C5E9C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="111111"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>36-85-67</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3490" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006C4415" w:rsidRPr="002C5E9C" w:rsidRDefault="006C4415" w:rsidP="006C4415">
+          <w:p w:rsidR="00E078CD" w:rsidRPr="002C5E9C" w:rsidRDefault="00E078CD" w:rsidP="00E078CD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="111111"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C5E9C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="111111"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>SanksaryanIY@admlr.lipetsk.ru</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006C4415" w:rsidRPr="002C5E9C" w:rsidTr="00222D80">
+      <w:tr w:rsidR="00E078CD" w:rsidRPr="002C5E9C" w:rsidTr="00222D80">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="665" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006C4415" w:rsidRPr="002C5E9C" w:rsidRDefault="006C4415" w:rsidP="006C4415">
+          <w:p w:rsidR="00E078CD" w:rsidRPr="002C5E9C" w:rsidRDefault="00E078CD" w:rsidP="00E078CD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="111111"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="111111"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="00D815AD">
-[...7 lines deleted...]
-              <w:t>2</w:t>
+            <w:r w:rsidR="00FB7862">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2599" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006C4415" w:rsidRDefault="006C4415" w:rsidP="006C4415">
+          <w:p w:rsidR="00E078CD" w:rsidRDefault="00E078CD" w:rsidP="00E078CD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="111111"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="111111"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>заместитель начальника отдела</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2210" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006C4415" w:rsidRPr="002C5E9C" w:rsidRDefault="006C4415" w:rsidP="006C4415">
+          <w:p w:rsidR="00E078CD" w:rsidRPr="002C5E9C" w:rsidRDefault="00E078CD" w:rsidP="00E078CD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="111111"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="111111"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Цыганова Елена Михайловна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1237" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006C4415" w:rsidRPr="002C5E9C" w:rsidRDefault="006C4415" w:rsidP="006C4415">
+          <w:p w:rsidR="00E078CD" w:rsidRPr="002C5E9C" w:rsidRDefault="00E078CD" w:rsidP="00E078CD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="111111"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="111111"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>36-85-59</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3490" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006C4415" w:rsidRPr="002C5E9C" w:rsidRDefault="006C4415" w:rsidP="006C4415">
+          <w:p w:rsidR="00E078CD" w:rsidRPr="002C5E9C" w:rsidRDefault="00E078CD" w:rsidP="00E078CD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="111111"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B35055">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="111111"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>tsyganovaEM@admlr.lipetsk.ru</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00281E31" w:rsidRPr="002C5E9C" w:rsidTr="00222D80">
+      <w:tr w:rsidR="00E078CD" w:rsidRPr="002C5E9C" w:rsidTr="00222D80">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="665" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00281E31" w:rsidRPr="003532F9" w:rsidRDefault="00281E31" w:rsidP="00281E31">
+          <w:p w:rsidR="00E078CD" w:rsidRPr="003532F9" w:rsidRDefault="00E078CD" w:rsidP="00E078CD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="111111"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C5E9C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="111111"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="00D815AD">
-[...7 lines deleted...]
-              <w:t>3</w:t>
+            <w:r w:rsidR="00FB7862">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2599" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00281E31" w:rsidRPr="002C5E9C" w:rsidRDefault="00D815AD" w:rsidP="00281E31">
+          <w:p w:rsidR="00E078CD" w:rsidRPr="002C5E9C" w:rsidRDefault="00E078CD" w:rsidP="00E078CD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="111111"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="111111"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>главный</w:t>
-[...11 lines deleted...]
-            <w:r w:rsidR="00281E31" w:rsidRPr="002C5E9C">
+              <w:t xml:space="preserve">главный </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C5E9C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="111111"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>консультант</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2210" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00281E31" w:rsidRPr="002C5E9C" w:rsidRDefault="00281E31" w:rsidP="00281E31">
+          <w:p w:rsidR="00E078CD" w:rsidRPr="002C5E9C" w:rsidRDefault="00E078CD" w:rsidP="00E078CD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="111111"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="111111"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Гостеева</w:t>
             </w:r>
             <w:r w:rsidRPr="002C5E9C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="111111"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Марина Владимировна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1237" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00281E31" w:rsidRPr="002C5E9C" w:rsidRDefault="00281E31" w:rsidP="00281E31">
+          <w:p w:rsidR="00E078CD" w:rsidRPr="002C5E9C" w:rsidRDefault="00E078CD" w:rsidP="00E078CD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="111111"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C5E9C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="111111"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>36-85-54</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3490" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00281E31" w:rsidRPr="002C5E9C" w:rsidRDefault="00281E31" w:rsidP="00281E31">
+          <w:p w:rsidR="00E078CD" w:rsidRPr="002C5E9C" w:rsidRDefault="00E078CD" w:rsidP="00E078CD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="111111"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A706C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="111111"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>GosteevaMV@admlr.lipetsk.ru</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B40E2" w:rsidRPr="002C5E9C" w:rsidTr="00B97DE0">
+      <w:tr w:rsidR="00FB7862" w:rsidRPr="002C5E9C" w:rsidTr="00FB7862">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="665" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="001B40E2" w:rsidRPr="00E208D3" w:rsidRDefault="001B40E2" w:rsidP="00B97DE0">
+          <w:p w:rsidR="00FB7862" w:rsidRPr="00E208D3" w:rsidRDefault="00FB7862" w:rsidP="00FB7862">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="111111"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="111111"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>14</w:t>
+              <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2599" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
-[...1 lines deleted...]
-          <w:p w:rsidR="001B40E2" w:rsidRPr="002C5E9C" w:rsidRDefault="001B40E2" w:rsidP="00B97DE0">
+          </w:tcPr>
+          <w:p w:rsidR="00FB7862" w:rsidRPr="002C5E9C" w:rsidRDefault="00FB7862" w:rsidP="00FB7862">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="111111"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C5E9C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="111111"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>ведущий консультант</w:t>
+              <w:t>консультант</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2210" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="001B40E2" w:rsidRPr="002C5E9C" w:rsidRDefault="001B40E2" w:rsidP="00B97DE0">
-[...224 lines deleted...]
-          <w:p w:rsidR="001B40E2" w:rsidRPr="002C5E9C" w:rsidRDefault="001B40E2" w:rsidP="00B97DE0">
+          <w:p w:rsidR="00FB7862" w:rsidRPr="002C5E9C" w:rsidRDefault="00FB7862" w:rsidP="00FB7862">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="111111"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="111111"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Микляева</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="111111"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Виктория Олеговна</w:t>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1237" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...8 lines deleted...]
-          <w:p w:rsidR="001B40E2" w:rsidRPr="002C5E9C" w:rsidRDefault="001B40E2" w:rsidP="00B97DE0">
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00FB7862" w:rsidRPr="002C5E9C" w:rsidRDefault="00FB7862" w:rsidP="00FB7862">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="111111"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C5E9C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="111111"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>36-8</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="111111"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidRPr="002C5E9C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="111111"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="111111"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>5</w:t>
-[...9 lines deleted...]
-              <w:t>8</w:t>
+              <w:t>58</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3490" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...8 lines deleted...]
-          <w:p w:rsidR="001B40E2" w:rsidRPr="002C5E9C" w:rsidRDefault="001B40E2" w:rsidP="00B97DE0">
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00FB7862" w:rsidRPr="002C5E9C" w:rsidRDefault="00FB7862" w:rsidP="00FB7862">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="111111"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B40E2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="111111"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Miklyaeva@admlr.lipetsk.ru</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="007577C8" w:rsidRPr="002C5E9C" w:rsidRDefault="007577C8" w:rsidP="002C5E9C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="111111"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00A365A1" w:rsidRDefault="007577C8" w:rsidP="007577C8">
       <w:r w:rsidRPr="007577C8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="111111"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00A365A1" w:rsidSect="00683BF6">
+    <w:sectPr w:rsidR="00A365A1" w:rsidSect="005B5E94">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="851" w:right="1134" w:bottom="1135" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="851" w:right="1134" w:bottom="993" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="381"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:zoom w:percent="132"/>
+  <w:zoom w:percent="140"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:drawingGridHorizontalSpacing w:val="140"/>
   <w:drawingGridVerticalSpacing w:val="381"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007577C8"/>
     <w:rsid w:val="000910F5"/>
     <w:rsid w:val="000E280E"/>
     <w:rsid w:val="000E62B2"/>
+    <w:rsid w:val="001A5A06"/>
     <w:rsid w:val="001B40E2"/>
     <w:rsid w:val="00222D80"/>
     <w:rsid w:val="00281E31"/>
     <w:rsid w:val="002C5E9C"/>
     <w:rsid w:val="002C64DF"/>
     <w:rsid w:val="003532F9"/>
     <w:rsid w:val="00364C25"/>
     <w:rsid w:val="00445F8A"/>
     <w:rsid w:val="004464A0"/>
     <w:rsid w:val="004716DB"/>
     <w:rsid w:val="004B232F"/>
     <w:rsid w:val="00587FD7"/>
+    <w:rsid w:val="005B5E94"/>
     <w:rsid w:val="00614D31"/>
     <w:rsid w:val="00647F42"/>
     <w:rsid w:val="00683BF6"/>
     <w:rsid w:val="006A706C"/>
     <w:rsid w:val="006C4415"/>
     <w:rsid w:val="007068A1"/>
     <w:rsid w:val="007577C8"/>
     <w:rsid w:val="007B706E"/>
     <w:rsid w:val="007D405D"/>
     <w:rsid w:val="00816AC9"/>
     <w:rsid w:val="00833240"/>
     <w:rsid w:val="00836967"/>
     <w:rsid w:val="00A164AF"/>
     <w:rsid w:val="00A365A1"/>
     <w:rsid w:val="00A37B66"/>
     <w:rsid w:val="00A45EF6"/>
     <w:rsid w:val="00A615B7"/>
     <w:rsid w:val="00A87E9D"/>
     <w:rsid w:val="00AD29C3"/>
     <w:rsid w:val="00B35055"/>
     <w:rsid w:val="00B443F4"/>
     <w:rsid w:val="00B45A4C"/>
+    <w:rsid w:val="00BA5703"/>
     <w:rsid w:val="00BF506F"/>
     <w:rsid w:val="00CB094E"/>
+    <w:rsid w:val="00CC2BC4"/>
     <w:rsid w:val="00CD7BC2"/>
     <w:rsid w:val="00D24317"/>
     <w:rsid w:val="00D815AD"/>
     <w:rsid w:val="00DD43F4"/>
     <w:rsid w:val="00DF6755"/>
+    <w:rsid w:val="00E078CD"/>
     <w:rsid w:val="00E208D3"/>
     <w:rsid w:val="00EB3F49"/>
     <w:rsid w:val="00EC007B"/>
     <w:rsid w:val="00F03FDB"/>
     <w:rsid w:val="00F071C2"/>
     <w:rsid w:val="00FA254A"/>
     <w:rsid w:val="00FB1CE4"/>
+    <w:rsid w:val="00FB7862"/>
     <w:rsid w:val="00FE1BA3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="2B6F1E95"/>
+  <w14:docId w14:val="32DAF01E"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{19B7EA0A-FE8D-409D-92EF-722ED784C1DB}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cstheme="minorBidi"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -5071,51 +5095,51 @@
                 <w:div w:id="1624655678">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OgarkovaTV@admlr.lipetsk.ru" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:PetrovaKA@admlr.lipetsk.ru" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OgarkovaTV@admlr.lipetsk.ru" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -5340,69 +5364,70 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>314</Words>
-  <Characters>1796</Characters>
+  <Words>323</Words>
+  <Characters>1843</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>14</Lines>
+  <Lines>15</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2106</CharactersWithSpaces>
+  <CharactersWithSpaces>2162</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>C</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>