--- v0 (2025-12-07)
+++ v1 (2026-02-23)
@@ -79,117 +79,106 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E62728" w:rsidRPr="004E11C3" w:rsidRDefault="00E62728" w:rsidP="00E62728">
       <w:pPr>
         <w:spacing w:after="0" w:line="320" w:lineRule="exact"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008F70BF" w:rsidRPr="0011230D" w:rsidRDefault="00B12F85" w:rsidP="0011230D">
+    <w:p w:rsidR="008F70BF" w:rsidRPr="0011230D" w:rsidRDefault="00A23D9E" w:rsidP="0011230D">
       <w:pPr>
         <w:spacing w:after="0" w:line="320" w:lineRule="exact"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="888888"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="888888"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>23</w:t>
+        <w:t>10</w:t>
       </w:r>
       <w:r w:rsidR="00CA3C7E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="888888"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="888888"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>сентября</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>февраля</w:t>
       </w:r>
       <w:r w:rsidR="008F70BF" w:rsidRPr="004E11C3">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="888888"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> 202</w:t>
       </w:r>
-      <w:r w:rsidR="0011230D">
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="888888"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="008F70BF" w:rsidRPr="004E11C3">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="888888"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E62728" w:rsidRDefault="00E62728" w:rsidP="00E62728">
       <w:pPr>
         <w:spacing w:after="0" w:line="320" w:lineRule="exact"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="111111"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="008F70BF" w:rsidRDefault="008F70BF" w:rsidP="00E62728">
@@ -5877,344 +5866,81 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B12F85" w:rsidRPr="004E11C3" w:rsidTr="004E11C3">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="8" w:type="dxa"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="668" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00B12F85" w:rsidRPr="00331A0A" w:rsidRDefault="00B12F85" w:rsidP="00B12F85">
+          <w:p w:rsidR="00B12F85" w:rsidRPr="004C4B6A" w:rsidRDefault="00B12F85" w:rsidP="00B12F85">
             <w:pPr>
               <w:spacing w:after="0" w:line="320" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="111111"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="111111"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>21</w:t>
-[...272 lines deleted...]
-              <w:t>22</w:t>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00123272">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2632" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00B12F85" w:rsidRPr="004E11C3" w:rsidRDefault="00B12F85" w:rsidP="00B12F85">
             <w:pPr>
               <w:spacing w:after="0" w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="111111"/>
@@ -6388,59 +6114,59 @@
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00B12F85" w:rsidRPr="000B55A5" w:rsidRDefault="00B12F85" w:rsidP="00B12F85">
             <w:pPr>
               <w:spacing w:after="0" w:line="320" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="111111"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E11C3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="111111"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r>
-[...7 lines deleted...]
-              <w:t>3</w:t>
+            <w:r w:rsidR="00123272">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2632" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00B12F85" w:rsidRPr="004E11C3" w:rsidRDefault="00B12F85" w:rsidP="00B12F85">
             <w:pPr>
               <w:spacing w:after="0" w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="111111"/>
@@ -6707,59 +6433,59 @@
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00B12F85" w:rsidRPr="004E7F2A" w:rsidRDefault="00B12F85" w:rsidP="00B12F85">
             <w:pPr>
               <w:spacing w:after="0" w:line="320" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="111111"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="111111"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00BA126D">
-[...7 lines deleted...]
-              <w:t>4</w:t>
+            <w:r w:rsidR="00123272">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2632" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00B12F85" w:rsidRDefault="00B12F85" w:rsidP="00B12F85">
             <w:pPr>
               <w:spacing w:after="0" w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="111111"/>
@@ -6933,59 +6659,59 @@
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00B12F85" w:rsidRPr="000B55A5" w:rsidRDefault="00B12F85" w:rsidP="00B12F85">
             <w:pPr>
               <w:spacing w:after="0" w:line="320" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="111111"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E11C3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="111111"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00BA126D">
-[...7 lines deleted...]
-              <w:t>5</w:t>
+            <w:r w:rsidR="00123272">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2632" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00B12F85" w:rsidRPr="004E11C3" w:rsidRDefault="00B12F85" w:rsidP="00B12F85">
             <w:pPr>
               <w:spacing w:after="0" w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="111111"/>
@@ -7181,110 +6907,98 @@
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00B12F85" w:rsidRPr="00EE61E2" w:rsidRDefault="00B12F85" w:rsidP="00B12F85">
             <w:pPr>
               <w:spacing w:after="0" w:line="320" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="111111"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="111111"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00BA126D">
-[...7 lines deleted...]
-              <w:t>6</w:t>
+            <w:r w:rsidR="00123272">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2632" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00B12F85" w:rsidRPr="004E11C3" w:rsidRDefault="00B12F85" w:rsidP="00B12F85">
             <w:pPr>
               <w:spacing w:after="0" w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="111111"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E11C3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="111111"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>старший специалист по закуп</w:t>
-[...11 lines deleted...]
-              <w:t>кам</w:t>
+              <w:t>старший специалист по закупкам</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2502" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00B12F85" w:rsidRPr="004E11C3" w:rsidRDefault="00B12F85" w:rsidP="00B12F85">
             <w:pPr>
               <w:spacing w:after="0" w:line="320" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
@@ -7442,60 +7156,62 @@
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00B12F85" w:rsidRPr="003D7509" w:rsidRDefault="00B12F85" w:rsidP="00B12F85">
             <w:pPr>
               <w:spacing w:after="0" w:line="320" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="111111"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="111111"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00BA126D">
-[...8 lines deleted...]
-            </w:r>
+            <w:r w:rsidR="00123272">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2632" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00B12F85" w:rsidRPr="004E11C3" w:rsidRDefault="00B12F85" w:rsidP="00B12F85">
             <w:pPr>
               <w:spacing w:after="0" w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="111111"/>
                 <w:sz w:val="20"/>
@@ -7589,63 +7305,63 @@
                 <w:color w:val="111111"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>27-05-25 (доб. 180)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3437" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00B12F85" w:rsidRPr="00A40B9E" w:rsidRDefault="00B12F85" w:rsidP="00B12F85">
+          <w:p w:rsidR="00B12F85" w:rsidRPr="00A40B9E" w:rsidRDefault="00123272" w:rsidP="00B12F85">
             <w:pPr>
               <w:spacing w:after="0" w:line="320" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId4" w:history="1">
-              <w:r w:rsidRPr="00A40B9E">
+              <w:r w:rsidR="00B12F85" w:rsidRPr="00A40B9E">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
                   <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="none"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t>Puzikova_LA@admlr.lipetsk.ru</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w:rsidR="00B12F85" w:rsidRPr="00A40B9E" w:rsidRDefault="00B12F85" w:rsidP="00B12F85">
             <w:pPr>
               <w:spacing w:after="0" w:line="320" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="111111"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
@@ -7694,158 +7410,161 @@
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Muller">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:zoom w:percent="132"/>
+  <w:zoom w:percent="124"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:drawingGridHorizontalSpacing w:val="140"/>
   <w:drawingGridVerticalSpacing w:val="381"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008F70BF"/>
     <w:rsid w:val="00036510"/>
     <w:rsid w:val="00052E3E"/>
     <w:rsid w:val="000754F4"/>
+    <w:rsid w:val="000B44C3"/>
     <w:rsid w:val="000B4FD2"/>
     <w:rsid w:val="000B55A5"/>
     <w:rsid w:val="000F1DED"/>
     <w:rsid w:val="0011230D"/>
     <w:rsid w:val="001165C9"/>
+    <w:rsid w:val="00123272"/>
     <w:rsid w:val="00124427"/>
     <w:rsid w:val="00214B4F"/>
     <w:rsid w:val="00227048"/>
     <w:rsid w:val="002955EA"/>
     <w:rsid w:val="002966E3"/>
     <w:rsid w:val="002D5EA4"/>
     <w:rsid w:val="002E2BA2"/>
     <w:rsid w:val="002E5E5E"/>
     <w:rsid w:val="00331A0A"/>
     <w:rsid w:val="00370CB2"/>
     <w:rsid w:val="00374865"/>
     <w:rsid w:val="003D7509"/>
     <w:rsid w:val="003E6F84"/>
     <w:rsid w:val="0047615B"/>
     <w:rsid w:val="00476989"/>
     <w:rsid w:val="004C4B6A"/>
     <w:rsid w:val="004D224A"/>
     <w:rsid w:val="004E11C3"/>
     <w:rsid w:val="004E7F2A"/>
     <w:rsid w:val="0057398F"/>
     <w:rsid w:val="005E0E3F"/>
     <w:rsid w:val="006050FE"/>
     <w:rsid w:val="00614D31"/>
     <w:rsid w:val="00631E1E"/>
     <w:rsid w:val="006F6B5F"/>
     <w:rsid w:val="00721142"/>
     <w:rsid w:val="00744873"/>
     <w:rsid w:val="00752B03"/>
     <w:rsid w:val="00781B92"/>
     <w:rsid w:val="0079665C"/>
     <w:rsid w:val="007A7AD2"/>
     <w:rsid w:val="007F6887"/>
     <w:rsid w:val="007F717F"/>
     <w:rsid w:val="008912C2"/>
     <w:rsid w:val="008B6CCF"/>
     <w:rsid w:val="008F70BF"/>
     <w:rsid w:val="009273CB"/>
     <w:rsid w:val="009E45DF"/>
     <w:rsid w:val="00A016B8"/>
+    <w:rsid w:val="00A23D9E"/>
     <w:rsid w:val="00A365A1"/>
     <w:rsid w:val="00A719ED"/>
     <w:rsid w:val="00B12F85"/>
     <w:rsid w:val="00B15BC9"/>
     <w:rsid w:val="00B860BA"/>
     <w:rsid w:val="00BA126D"/>
     <w:rsid w:val="00BD1A92"/>
     <w:rsid w:val="00BF3B35"/>
     <w:rsid w:val="00CA3C7E"/>
     <w:rsid w:val="00D60A11"/>
     <w:rsid w:val="00D92A59"/>
     <w:rsid w:val="00E62728"/>
     <w:rsid w:val="00E91261"/>
     <w:rsid w:val="00EA150E"/>
     <w:rsid w:val="00EC7EEF"/>
     <w:rsid w:val="00EE61E2"/>
     <w:rsid w:val="00F4633F"/>
     <w:rsid w:val="00F843EE"/>
     <w:rsid w:val="00FB4BA8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="3F65153C"/>
+  <w14:docId w14:val="067F8647"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{53EB96B6-A451-476E-93AF-7194CBF5D89F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cstheme="minorBidi"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -8709,69 +8428,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>503</Words>
-  <Characters>2873</Characters>
+  <Words>487</Words>
+  <Characters>2781</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>23</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3370</CharactersWithSpaces>
+  <CharactersWithSpaces>3262</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>C</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>